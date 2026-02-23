--- v0 (2026-02-02)
+++ v1 (2026-02-23)
@@ -6,75 +6,76 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="277" r:id="rId5"/>
     <p:sldId id="280" r:id="rId6"/>
     <p:sldId id="281" r:id="rId7"/>
     <p:sldId id="278" r:id="rId8"/>
-    <p:sldId id="283" r:id="rId9"/>
+    <p:sldId id="282" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="30476825" cy="20318413"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="2438156" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="4800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="1219078" algn="l" defTabSz="2438156" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="4800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -168,73 +169,73 @@
     <a:srgbClr val="FA6E1E"/>
     <a:srgbClr val="FEB80A"/>
     <a:srgbClr val="16A0AC"/>
     <a:srgbClr val="E61048"/>
     <a:srgbClr val="6C62D0"/>
     <a:srgbClr val="052049"/>
     <a:srgbClr val="18A3AC"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{25769C85-FCB1-4AED-8F87-E8D5CFDBAECB}" v="31" dt="2026-01-31T01:09:03.611"/>
+    <p1510:client id="{25769C85-FCB1-4AED-8F87-E8D5CFDBAECB}" v="33" dt="2026-01-31T05:21:43.187"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="22905" autoAdjust="0"/>
-    <p:restoredTop sz="89100" autoAdjust="0"/>
+    <p:restoredTop sz="76047" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="48" d="100"/>
-          <a:sy n="48" d="100"/>
+          <a:sx n="40" d="100"/>
+          <a:sy n="40" d="100"/>
         </p:scale>
-        <p:origin x="1176" y="48"/>
+        <p:origin x="1374" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -298,51 +299,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{33275B45-0122-49B1-8E60-EC4D65305138}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>1/30/2026</a:t>
+              <a:t>2/19/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1114425" y="1143000"/>
             <a:ext cx="4629150" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -581,50 +582,54 @@
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucsf.my.gallup.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://survey.gallup.com/2025ucsf" TargetMode="External"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
@@ -960,52 +965,91 @@
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
               </a:rPr>
-              <a:t>Gallup’s internationally-renowned research has identified 12 questions about engagement that indicate a high-performing work environment, known as the “Q12.”  </a:t>
-            </a:r>
+              <a:t>Gallup’s internationally-renowned research has identified 12 questions about engagement that indicate a high-performing work environment, known as the “</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>Q12</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>.”  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
               </a:rPr>
               <a:t>Particular wording </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
               </a:rPr>
               <a:t>is used, such as “I have a best friend at work,” because research shows that the specific language reveals qualities that differentiate teams on critical outcomes such as productivity, safety and retention. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -1179,88 +1223,726 @@
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>For Managers, highlight that:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>* Survey results will be released on May 14</a:t>
+              <a:t>* Survey results will be released on May 13 this year</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>* Manager email template on website helps you craft your personalized leader message to encourage staff to be heard!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17D6F1D9-F708-423E-8F6A-7F71AEF840B6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3570785217"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>To share once the survey is open, but not before</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>(FYI the survey links will not be live unless the survey </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>is open)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>Take our brief, annual, voluntary survey </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="HelveticaNeueLTW04-55Roman"/>
+              </a:rPr>
+              <a:t>that provides an opportunity for us to identify our strengths and improvement areas as a workplace, towards improving our own work lives, those of our colleagues and UCSF overall. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="334010" lvl="0" indent="0" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="104000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="15"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>UCSF staff are invited</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: including UCSF Campus, Health, Hyde and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Stanyan</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Hospitals, Benioff Children’s Hospitals (SF &amp; Oakland) and UCSF Benioff Children’s Physicians who were on payroll as of early January 2026 (with a few exceptions for short-term and part-time staff).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFill>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:uFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="334010" lvl="0" indent="0" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="104000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="15"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" u="none" strike="noStrike" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFill>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:uFill>
+              <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="334010" lvl="0" indent="0" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="104000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="15"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Gallup emails the survey link directly to staff and sends reminder emails.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Those emails are scheduled for the survey opening date, plus several reminders throughout the survey open period and on the last day of the survey if you have not yet taken it. Alternatively, staff can log into </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Gallup Access</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (with MyAccess) or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Gallup 2026 Survey</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (with UCSF Employee ID minus the first “0”) to take the survey only while the survey is open.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="334010" lvl="0" indent="-342900" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="104000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="15"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFill>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:uFill>
+              <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="334010" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="104000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="15"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Everyone’s voice counts; we want to hear from all staff.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uFill>
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:uFill>
+                <a:latin typeface="HelveticaNeueLT Std Lt" panose="020B0403020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> UCSF takes these survey results seriously across the organization. We can only interpret results from staff who participate.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="none" strike="noStrike" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uFill>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:uFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{17D6F1D9-F708-423E-8F6A-7F71AEF840B6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2394939817"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Learning_Digital_Signage">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -1632,51 +2314,51 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.ucsf.edu/engagement" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="UCSF Staff Engagement Survey: April 7 to May 1, 2026. Be heard! 10 minutes, confidential, Gallup emails your personal link. Questions? Ask your Engagement Ambassador or visit the website: Learning.ucsf.edu/Engagement - Brought to you by Learning &amp; Organization Development: Creating a workplace that works for us all">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2000,83 +2682,83 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="UCSF Staff Engagement Survey: Be heard! April 7 to May 1, 2026. 10 minutes, confidential, Gallup emails your personal link. Questions? Ask your Engagement Ambassador or visit website: Learning.ucsf.edu/Engagement - Brought to you by Learning &amp; Organization Development: Creating a workplace that works for us all">
-            <a:hlinkClick r:id="rId2"/>
+          <p:cNvPr id="9" name="Picture 8" descr="UCSF Staff Engagement Survey: Be heard! April 7 to May 1, 2026. UCSF career, per diem, limited and USF contract staff on payroll with UCSF, Hyde, Stanyan, UBCP, &amp; BCH Oakland staff by early January are invited. Access the survey in 1 of 3 ways: Email from Gallup (do NOT forward), UCSF.My.Gallup.com (login via MyAccess), or Survey.gallup.com/2026 ucsf (Enter your EID without the 1st “0”).">
+            <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D607BC5-E844-2F72-F21A-F1F50559A9DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD00A880-D10C-8E6A-0ADD-7064DA7B18FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1852"/>
             <a:ext cx="30476825" cy="20314709"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2461696248"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="430575210"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="USCF EVENT">
       <a:dk1>
         <a:srgbClr val="052049"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="052049"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
@@ -2927,56 +3609,56 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="e6dc9924-ab0c-4b14-89dc-ba9685bf3c04"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="c6f285ed-ca55-49a6-80d2-27108c6502bd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2EC0610-57BD-4F61-A046-3CEFCBBF7E01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>318</Words>
+  <Words>554</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>12</Paragraphs>
+  <Paragraphs>24</Paragraphs>
   <Slides>5</Slides>
-  <Notes>4</Notes>
+  <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>