--- v1 (2026-02-23)
+++ v2 (2026-03-15)
@@ -191,51 +191,51 @@
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{25769C85-FCB1-4AED-8F87-E8D5CFDBAECB}" v="33" dt="2026-01-31T05:21:43.187"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="22905" autoAdjust="0"/>
     <p:restoredTop sz="76047" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="40" d="100"/>
           <a:sy n="40" d="100"/>
         </p:scale>
-        <p:origin x="1374" y="114"/>
+        <p:origin x="1284" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -299,51 +299,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{33275B45-0122-49B1-8E60-EC4D65305138}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
-              <a:t>2/19/2026</a:t>
+              <a:t>2/27/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1114425" y="1143000"/>
             <a:ext cx="4629150" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2682,55 +2682,55 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8" descr="UCSF Staff Engagement Survey: Be heard! April 7 to May 1, 2026. UCSF career, per diem, limited and USF contract staff on payroll with UCSF, Hyde, Stanyan, UBCP, &amp; BCH Oakland staff by early January are invited. Access the survey in 1 of 3 ways: Email from Gallup (do NOT forward), UCSF.My.Gallup.com (login via MyAccess), or Survey.gallup.com/2026 ucsf (Enter your EID without the 1st “0”).">
+          <p:cNvPr id="5" name="Picture 4" descr="UCSF Staff Engagement Survey: Be heard! April 7 to May 1, 2026. UCSF career, per diem, limited and USF contract staff on payroll with UCSF, Hyde, Stanyan, UBCP, &amp; BCH Oakland staff by early January are invited. Access the survey in 1 of 3 ways: Email from Gallup (do NOT forward), UCSF.My.Gallup.com (login via MyAccess), or Survey.gallup.com/2026 ucsf (Enter your EID without the 1st “0”).A blue and green banner with a city in the background">
             <a:hlinkClick r:id="rId3"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD00A880-D10C-8E6A-0ADD-7064DA7B18FF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0437C2BA-0667-F981-B40A-9AB42362C95A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1852"/>
             <a:ext cx="30476825" cy="20314709"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -3542,109 +3542,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e6dc9924-ab0c-4b14-89dc-ba9685bf3c04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="c6f285ed-ca55-49a6-80d2-27108c6502bd" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FF4F377-298E-46C2-A894-F5255732A036}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e6dc9924-ab0c-4b14-89dc-ba9685bf3c04"/>
     <ds:schemaRef ds:uri="c6f285ed-ca55-49a6-80d2-27108c6502bd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7D30721-7597-4FFC-9215-5C2FE5EFC5C7}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2EC0610-57BD-4F61-A046-3CEFCBBF7E01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7D30721-7597-4FFC-9215-5C2FE5EFC5C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e6dc9924-ab0c-4b14-89dc-ba9685bf3c04"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="c6f285ed-ca55-49a6-80d2-27108c6502bd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
   <Words>554</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>24</Paragraphs>
   <Slides>5</Slides>
   <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
@@ -3664,44 +3664,44 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>HelveticaNeueLT Std Lt</vt:lpstr>
       <vt:lpstr>HelveticaNeueLTW04-55Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
+  <dc:title>UCSF Staff Engagement Survey PowerPoint Presentation</dc:title>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100463844620162CF45ADBD973FE190ABC9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>